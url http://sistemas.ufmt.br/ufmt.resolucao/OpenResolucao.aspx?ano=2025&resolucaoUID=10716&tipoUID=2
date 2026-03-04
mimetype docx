--- v0 (2025-10-13)
+++ v1 (2026-03-04)
@@ -1,986 +1,1080 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/xml" PartName="/customXML/item1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXML/itemProps1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:ind w:left="1701" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:ind w:left="1701" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">RESOLUÇÃO CONSEPE-UFMT N.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">o </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, DE 2</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> DE </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">SETEMBRO</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> DE 202</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:ind w:left="1701" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
-        <w:ind w:left="4320" w:right="145.8661417322844" w:firstLine="0"/>
+        <w:ind w:left="5102.362204724409" w:right="145.8661417322844" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:vertAlign w:val="baseline"/>
+          <w:strike w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
+          <w:strike w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Dispõe sobre alteração da Resolução Consepe nº 32/2013, que trata do Regimento Interno do Consepe.</w:t>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
+      <w:pPr>
+        <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
+        <w:ind w:left="5100" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="ff0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dispõe sobre retificação da Resolução Consepe n.º 598/2025. </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="ff0000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Alterado pela Resolução 606/2025)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
+      <w:pPr>
+        <w:ind w:left="4320" w:right="145.8661417322844" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1701" w:firstLine="0"/>
         <w:rPr>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:ind w:left="1700" w:right="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">O CONSELHO DE ENSINO, PESQUISA E EXTENSÃO DA UNIVERSIDADE FEDERAL DE MATO GROSSO</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, no uso de suas atribuições legais,</w:t>
-      </w:r>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> a decisão do Plenário em sessão realizada no dia 29 de setembro de 2025;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
-        <w:ind w:left="1701" w:firstLine="0"/>
+        <w:ind w:left="1700" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:ind w:left="1700" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">CONSIDERANDO </w:t>
+        <w:t xml:space="preserve">CONSIDERANDO</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">o que consta no processo n.º 23108.014306/2014-26;</w:t>
+        <w:t xml:space="preserve"> a decisão do Plenário em sessão realizada no dia 29 de setembro de 2025;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
-        <w:ind w:left="1700" w:firstLine="0"/>
+        <w:ind w:left="1701" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:ind w:left="1700" w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr/>
+        <w:rPr>
+          <w:color w:val="ff0000"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:strike w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
+        <w:t xml:space="preserve">CONSIDERANDO </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:strike w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o que consta no processo n.º 23108.014306/2014-26; . </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:color w:val="ff0000"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Retificado pela Resolução Consepe nº 606/2025)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
-        <w:ind w:left="2268" w:hanging="566.9999999999999"/>
+        <w:ind w:left="1700" w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">RESOLVE: </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
-        <w:ind w:left="2268" w:hanging="566.9999999999999"/>
+        <w:ind w:left="1700" w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
+      <w:pPr>
+        <w:ind w:left="2268" w:hanging="566.9999999999999"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">RESOLVE: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
+      <w:pPr>
+        <w:ind w:left="2268" w:hanging="566.9999999999999"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:spacing w:after="240" w:before="240" w:lineRule="auto"/>
         <w:ind w:right="4.133858267717301" w:firstLine="1700.7874015748032"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 1º</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. – Aprovar as alterações do art. 2º no inciso IV da Resolução Consepe nº 32, de 15 de abril de 2013 que aprovou o Regimento Interno do Conselho de Ensino, Pesquisa Extensão da Universidade Federal de Mato Grosso.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:widowControl w:val="1"/>
         <w:ind w:firstLine="1700"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Onde se lê:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="1701"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:widowControl w:val="1"/>
         <w:ind w:firstLine="1700"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 2º</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> - O Consepe será composto de acordo com o Estatuto da UFMT e a Lei 9.394/96 por: </w:t>
-      </w:r>
-[...41 lines deleted...]
-        <w:t xml:space="preserve">Representante docente de Instituto ou Faculdade, eleito entre seus pares.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:widowControl w:val="1"/>
         <w:ind w:firstLine="1700"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:widowControl w:val="1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1700" w:right="-560" w:firstLine="0"/>
+        <w:ind w:left="1700" w:right="4.133858267717301" w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Leia-se:</w:t>
+        <w:t xml:space="preserve">IV  -</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Representante docente de Instituto ou Faculdade, eleito entre seus pares.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
-      <w:pPr>
-[...14 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
       <w:pPr>
         <w:widowControl w:val="1"/>
         <w:ind w:firstLine="1700"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
+      <w:pPr>
+        <w:widowControl w:val="1"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1700" w:right="-560" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Art. 2º</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> - O Consepe será composto de acordo com o Estatuto da UFMT e a Lei 9.394/96 por: </w:t>
+        <w:t xml:space="preserve">Leia-se:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
       <w:pPr>
         <w:widowControl w:val="1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1700" w:right="-560" w:firstLine="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
+      <w:pPr>
+        <w:widowControl w:val="1"/>
+        <w:ind w:firstLine="1700"/>
+        <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
+        <w:t xml:space="preserve">Art. 2º</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - O Consepe será composto de acordo com o Estatuto da UFMT e a Lei 9.394/96 por: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
+      <w:pPr>
+        <w:widowControl w:val="1"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1700" w:right="-560" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:widowControl w:val="1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="4.133858267717301" w:firstLine="1700.7874015748032"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">IV -</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Representante docente de Instituto ou Faculdade, eleito entre os membros docentes, técnicos-administrativos e discentes do respectivo Instituto ou Faculdade. A definição da proporcionalidade dos votos fica a cargo da Congregação ou Comissão Eleitoral constituída de cada Instituto e Faculdade.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:widowControl w:val="1"/>
         <w:ind w:firstLine="60"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="1701"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="1701"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 2º  </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Esta resolução entra em vigor nesta data.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:ind w:firstLine="2268"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
-          <w:vertAlign w:val="baseline"/>
-[...75 lines deleted...]
-        <w:rPr>
+          <w:bCs w:val="0"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
-        <w:ind w:firstLine="1560"/>
+        <w:ind w:firstLine="1701"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
+        <w:t xml:space="preserve">SALA DAS SESSÕES DO CONSELHO DE ENSINO, PESQUISA E EXTENSÃO DA UNIVERSIDADE FEDERAL DE MATO GROSSO</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, em Cuiabá, 2</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">setembro</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de 202</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5</w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
+      <w:pPr>
+        <w:ind w:firstLine="1560"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
+      <w:pPr>
+        <w:ind w:firstLine="1560"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Silvano Macedo Galvão</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="280" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Presidente do Consepe em exercício</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference r:id="rId7" w:type="default"/>
       <w:pgSz w:h="16840" w:w="11907" w:orient="portrait"/>
       <w:pgMar w:bottom="1134" w:top="1701" w:left="1701" w:right="1134" w:header="709" w:footer="709"/>
       <w:pgNumType w:start="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Times New Roman"/>
   <w:font w:name="Georgia"/>
   <w:font w:name="Arial"/>
 </w:fonts>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
     <w:pPr>
       <w:ind w:left="1701" w:firstLine="0"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:drawing>
         <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>2496185</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-252721</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="909955" cy="876935"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
           <wp:wrapNone/>
@@ -992,443 +1086,466 @@
                   <pic:cNvPr id="0" name="image1.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="909955" cy="876935"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="right" w:leader="none" w:pos="10773"/>
       </w:tabs>
       <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="-1134" w:right="-1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="right" w:leader="none" w:pos="10773"/>
       </w:tabs>
       <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="-1134" w:right="-1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="right" w:leader="none" w:pos="10773"/>
       </w:tabs>
       <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="-1134" w:right="-1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="right" w:leader="none" w:pos="10773"/>
       </w:tabs>
       <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="-1134" w:right="-1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">MINISTÉRIO DA EDUCAÇÃO</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="right" w:leader="none" w:pos="10773"/>
       </w:tabs>
       <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="-1134" w:right="-1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">UNIVERSIDADE FEDERAL DE MATO GROSSO</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="pt_BR"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:val="none"/>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
@@ -7377,50 +7494,51 @@
       <w:color w:val="ffffff"/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
       <w:lang w:bidi="ar-SA" w:eastAsia="en-US" w:val="pt-PT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>